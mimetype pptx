--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -169,61 +169,61 @@
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="9974" autoAdjust="0"/>
+    <p:restoredLeft sz="12566" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr varScale="1">
+      <p:cViewPr>
         <p:scale>
-          <a:sx n="125" d="100"/>
-          <a:sy n="125" d="100"/>
+          <a:sx n="92" d="100"/>
+          <a:sy n="92" d="100"/>
         </p:scale>
-        <p:origin x="64" y="192"/>
+        <p:origin x="456" y="680"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
@@ -1403,135 +1403,135 @@
     <dgm:pt modelId="{47209287-7080-4363-B82D-C4D826B679E1}" type="parTrans" cxnId="{3B78FFDF-FF65-4264-B260-A62E1471DD9F}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{A676CDF4-068F-4CF7-A108-E564D51795C3}" type="pres">
       <dgm:prSet presAssocID="{3E712D3C-8B76-425C-8DE2-765C620487E9}" presName="Name0" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{F239BB35-3D34-49DD-9A21-80B7A86279A4}" type="pres">
       <dgm:prSet presAssocID="{3E712D3C-8B76-425C-8DE2-765C620487E9}" presName="cycle" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{741812DD-DD97-4D8D-8EB6-94BD4C690C5D}" type="pres">
-      <dgm:prSet presAssocID="{C2C4561E-D83F-46ED-B46F-B20FCC18008C}" presName="nodeFirstNode" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="12">
+      <dgm:prSet presAssocID="{C2C4561E-D83F-46ED-B46F-B20FCC18008C}" presName="nodeFirstNode" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="12" custScaleX="141670" custRadScaleRad="99903" custRadScaleInc="15367">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{9BA3DBB8-D138-43D9-BC7A-ECF4DBDAE8A1}" type="pres">
-      <dgm:prSet presAssocID="{C4D009B7-159B-4F55-B17F-1259CBF6EF8E}" presName="sibTransFirstNode" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="1"/>
+      <dgm:prSet presAssocID="{C4D009B7-159B-4F55-B17F-1259CBF6EF8E}" presName="sibTransFirstNode" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="1" custLinFactNeighborX="1182" custLinFactNeighborY="232"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{4BF64CB3-B904-45CB-8F04-1AB273886408}" type="pres">
-      <dgm:prSet presAssocID="{EE0A7EA4-4C0C-4C94-B551-9E3C4A7338F8}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="12" custScaleX="181559" custRadScaleRad="111862" custRadScaleInc="35539">
+      <dgm:prSet presAssocID="{EE0A7EA4-4C0C-4C94-B551-9E3C4A7338F8}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="12" custScaleX="181559" custRadScaleRad="111433" custRadScaleInc="45604">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{D8B9DED7-ACE4-4C1D-9A28-B5CC636CE548}" type="pres">
-      <dgm:prSet presAssocID="{B19E406A-62CC-44A4-8033-9C67C0E7E7DF}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="12" custScaleX="170466" custScaleY="131941" custRadScaleRad="94146" custRadScaleInc="-470">
+      <dgm:prSet presAssocID="{B19E406A-62CC-44A4-8033-9C67C0E7E7DF}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="12" custScaleX="170466" custScaleY="131941" custRadScaleRad="92762" custRadScaleInc="5225">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{B6B4ACD9-D084-4CCB-A3A2-A8013EE24CCC}" type="pres">
-      <dgm:prSet presAssocID="{5A685E6C-E0B8-4E42-AE95-26CE4CC10403}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="12" custScaleY="137563" custRadScaleRad="93916" custRadScaleInc="2617">
+      <dgm:prSet presAssocID="{5A685E6C-E0B8-4E42-AE95-26CE4CC10403}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="12" custScaleX="113917" custScaleY="137563" custRadScaleRad="93916" custRadScaleInc="2617">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{5AE7618A-AD2D-4C5A-A6C3-38B3D2EBCF2E}" type="pres">
       <dgm:prSet presAssocID="{060E83E4-5C78-48C3-AAA8-97B3CF09D6BF}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="4" presStyleCnt="12" custScaleX="112098" custScaleY="145412" custRadScaleRad="100450" custRadScaleInc="-9886">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{6F86C218-00E0-4CF5-8984-5519F68A249C}" type="pres">
-      <dgm:prSet presAssocID="{214C8E9F-4938-4E8B-9847-44015A8E7ADA}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="5" presStyleCnt="12" custScaleY="185251">
+      <dgm:prSet presAssocID="{214C8E9F-4938-4E8B-9847-44015A8E7ADA}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="5" presStyleCnt="12" custScaleX="106287" custScaleY="185251">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{FC8635C5-B0E4-4AC9-8953-F541CFFED0E8}" type="pres">
       <dgm:prSet presAssocID="{D98B6646-AE52-4A02-8D22-07418F7F41EB}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="6" presStyleCnt="12">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{26538694-51A2-405C-81E3-4982CD08CC78}" type="pres">
       <dgm:prSet presAssocID="{64784EE7-9FCF-47BB-80B9-6FAD85159CE8}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="7" presStyleCnt="12" custScaleX="177708" custScaleY="155983" custRadScaleRad="115176" custRadScaleInc="36252">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{685629CA-821D-44D8-AD41-AF6E07792841}" type="pres">
       <dgm:prSet presAssocID="{0566E9CB-7E10-4598-9134-70ED62E7175E}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="8" presStyleCnt="12" custScaleX="141550" custScaleY="133760" custRadScaleRad="99770" custRadScaleInc="6385">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{2CB7F1C5-6A83-48B6-9A45-C0A31B7BF989}" type="pres">
-      <dgm:prSet presAssocID="{0912940C-2A62-4A76-B0E8-252EDC0AB9C8}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="9" presStyleCnt="12" custScaleX="155115" custScaleY="169618" custRadScaleRad="100327" custRadScaleInc="-1318">
+      <dgm:prSet presAssocID="{0912940C-2A62-4A76-B0E8-252EDC0AB9C8}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="9" presStyleCnt="12" custScaleX="155115" custScaleY="169618" custRadScaleRad="98107" custRadScaleInc="-1348">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{B3FF1B3C-FF91-4680-B032-2E78BB139888}" type="pres">
-      <dgm:prSet presAssocID="{48206DF5-7BE4-4107-BFF3-C85341504EC0}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="10" presStyleCnt="12">
+      <dgm:prSet presAssocID="{48206DF5-7BE4-4107-BFF3-C85341504EC0}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="10" presStyleCnt="12" custScaleX="127992" custRadScaleRad="107638" custRadScaleInc="-9443">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{9CCA14A2-C037-46E7-B65E-1771CC71E338}" type="pres">
       <dgm:prSet presAssocID="{AAB1769B-F4E7-4B45-B5BF-4C72EB05DD04}" presName="nodeFollowingNodes" presStyleLbl="node1" presStyleIdx="11" presStyleCnt="12">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
     <dgm:cxn modelId="{3B566901-0639-4E05-A495-06F9D03A02EF}" type="presOf" srcId="{EE0A7EA4-4C0C-4C94-B551-9E3C4A7338F8}" destId="{4BF64CB3-B904-45CB-8F04-1AB273886408}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
     <dgm:cxn modelId="{4B63CB04-9CF9-4DF2-A6CE-3190C0EB37CF}" srcId="{3E712D3C-8B76-425C-8DE2-765C620487E9}" destId="{214C8E9F-4938-4E8B-9847-44015A8E7ADA}" srcOrd="5" destOrd="0" parTransId="{97B8F4FA-C9C8-41B3-A2EC-339064E054A9}" sibTransId="{9367B3FF-D5A6-4BE4-9B3A-78AF85596466}"/>
     <dgm:cxn modelId="{251B8306-AAB0-467E-8C7F-D962CBD1B2A8}" type="presOf" srcId="{5A685E6C-E0B8-4E42-AE95-26CE4CC10403}" destId="{B6B4ACD9-D084-4CCB-A3A2-A8013EE24CCC}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
     <dgm:cxn modelId="{A9230908-B128-4337-B7AF-6520BC9515CC}" type="presOf" srcId="{C4D009B7-159B-4F55-B17F-1259CBF6EF8E}" destId="{9BA3DBB8-D138-43D9-BC7A-ECF4DBDAE8A1}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
     <dgm:cxn modelId="{772C2C0E-5926-4D47-822F-1AA99D5B5611}" type="presOf" srcId="{0912940C-2A62-4A76-B0E8-252EDC0AB9C8}" destId="{2CB7F1C5-6A83-48B6-9A45-C0A31B7BF989}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
     <dgm:cxn modelId="{A2080810-739F-4A46-A541-D274D2B0CEDB}" srcId="{3E712D3C-8B76-425C-8DE2-765C620487E9}" destId="{B19E406A-62CC-44A4-8033-9C67C0E7E7DF}" srcOrd="2" destOrd="0" parTransId="{22D27FF4-835B-4C99-8952-CEE94557C021}" sibTransId="{3198BCB9-4014-4639-841E-FFFC97D6562D}"/>
     <dgm:cxn modelId="{972C001A-2F1C-41E7-8252-2BB84104134A}" srcId="{3E712D3C-8B76-425C-8DE2-765C620487E9}" destId="{0566E9CB-7E10-4598-9134-70ED62E7175E}" srcOrd="8" destOrd="0" parTransId="{30CA7C7F-9E70-4CAF-A8E6-52F8C3327534}" sibTransId="{B06731C4-6881-442B-988D-3403ED4E238C}"/>
     <dgm:cxn modelId="{4F1A4D1E-118C-4372-A965-0236F02E4640}" srcId="{3E712D3C-8B76-425C-8DE2-765C620487E9}" destId="{5A685E6C-E0B8-4E42-AE95-26CE4CC10403}" srcOrd="3" destOrd="0" parTransId="{C14C7A5C-2422-4DD3-A4D5-89059BC27AB4}" sibTransId="{16AC781B-5851-4C95-B0AE-DB8B2319F794}"/>
     <dgm:cxn modelId="{C0E2B822-08BE-43A0-8265-C0CC90195F60}" type="presOf" srcId="{48206DF5-7BE4-4107-BFF3-C85341504EC0}" destId="{B3FF1B3C-FF91-4680-B032-2E78BB139888}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/cycle3"/>
@@ -1570,98 +1570,98 @@
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId6" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{9BA3DBB8-D138-43D9-BC7A-ECF4DBDAE8A1}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2562435" y="-112168"/>
+          <a:off x="2848318" y="-167308"/>
           <a:ext cx="6582205" cy="6582205"/>
         </a:xfrm>
         <a:prstGeom prst="circularArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 5544"/>
             <a:gd name="adj2" fmla="val 330680"/>
-            <a:gd name="adj3" fmla="val 14993431"/>
-            <a:gd name="adj4" fmla="val 16680993"/>
+            <a:gd name="adj3" fmla="val 14617772"/>
+            <a:gd name="adj4" fmla="val 16892099"/>
             <a:gd name="adj5" fmla="val 5757"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:tint val="40000"/>
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
     </dsp:sp>
     <dsp:sp modelId="{741812DD-DD97-4D8D-8EB6-94BD4C690C5D}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="5182881" y="2501"/>
-          <a:ext cx="1341314" cy="670657"/>
+          <a:off x="5111499" y="12954"/>
+          <a:ext cx="1900240" cy="670657"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
@@ -1680,62 +1680,62 @@
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="sv-SE" sz="2800" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="5215620" y="35240"/>
-        <a:ext cx="1275836" cy="605179"/>
+        <a:off x="5144238" y="45693"/>
+        <a:ext cx="1834762" cy="605179"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{4BF64CB3-B904-45CB-8F04-1AB273886408}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="6647508" y="398562"/>
+          <a:off x="6754206" y="508093"/>
           <a:ext cx="2435277" cy="670657"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
@@ -1755,62 +1755,62 @@
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="106680" tIns="106680" rIns="106680" bIns="106680" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1244600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="sv-SE" sz="2800" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="6680247" y="431301"/>
+        <a:off x="6786945" y="540832"/>
         <a:ext cx="2369799" cy="605179"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{D8B9DED7-ACE4-4C1D-9A28-B5CC636CE548}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="6995842" y="1375812"/>
+          <a:off x="6997360" y="1457784"/>
           <a:ext cx="2286485" cy="884872"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
@@ -1830,63 +1830,63 @@
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="140970" tIns="140970" rIns="140970" bIns="140970" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1644650">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="sv-SE" sz="3700" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="7039038" y="1419008"/>
+        <a:off x="7040556" y="1500980"/>
         <a:ext cx="2200093" cy="798480"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{B6B4ACD9-D084-4CCB-A3A2-A8013EE24CCC}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="7818808" y="2716794"/>
-          <a:ext cx="1341314" cy="922576"/>
+          <a:off x="7725473" y="2716794"/>
+          <a:ext cx="1527985" cy="922576"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
@@ -1905,52 +1905,52 @@
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="144780" tIns="144780" rIns="144780" bIns="144780" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1689100">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="sv-SE" sz="3800" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="7863844" y="2761830"/>
-        <a:ext cx="1251242" cy="832504"/>
+        <a:off x="7770509" y="2761830"/>
+        <a:ext cx="1437913" cy="832504"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{5AE7618A-AD2D-4C5A-A6C3-38B3D2EBCF2E}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="7608088" y="3948666"/>
           <a:ext cx="1503586" cy="975216"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
@@ -1991,52 +1991,52 @@
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="sv-SE" sz="4000" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="7655694" y="3996272"/>
         <a:ext cx="1408374" cy="880004"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{6F86C218-00E0-4CF5-8984-5519F68A249C}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="6586336" y="4954396"/>
-          <a:ext cx="1341314" cy="1242399"/>
+          <a:off x="6544172" y="4954396"/>
+          <a:ext cx="1425643" cy="1242399"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
@@ -2055,52 +2055,52 @@
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="194310" tIns="194310" rIns="194310" bIns="194310" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="2266950">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="sv-SE" sz="5100" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="6646985" y="5015045"/>
-        <a:ext cx="1220016" cy="1121101"/>
+        <a:off x="6604821" y="5015045"/>
+        <a:ext cx="1304345" cy="1121101"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{FC8635C5-B0E4-4AC9-8953-F541CFFED0E8}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="5182881" y="5616322"/>
           <a:ext cx="1341314" cy="670657"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
@@ -2301,51 +2301,51 @@
           <a:r>
             <a:rPr lang="sv-SE" sz="1200" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="2480699" y="4064724"/>
         <a:ext cx="1811048" cy="809489"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{2CB7F1C5-6A83-48B6-9A45-C0A31B7BF989}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1997216" y="2593901"/>
+          <a:off x="2059530" y="2593903"/>
           <a:ext cx="2080580" cy="1137555"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
@@ -2372,63 +2372,63 @@
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="sv-SE" sz="1200" kern="1200" dirty="0">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:latin typeface="+mn-lt"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2052747" y="2649432"/>
+        <a:off x="2115061" y="2649434"/>
         <a:ext cx="1969518" cy="1026493"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{B3FF1B3C-FF91-4680-B032-2E78BB139888}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2752025" y="1405956"/>
-          <a:ext cx="1341314" cy="670657"/>
+          <a:off x="2312428" y="1419710"/>
+          <a:ext cx="1716775" cy="670657"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
@@ -2454,52 +2454,52 @@
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="sv-SE" sz="1200" kern="1200" dirty="0">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:latin typeface="+mn-lt"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2784764" y="1438695"/>
-        <a:ext cx="1275836" cy="605179"/>
+        <a:off x="2345167" y="1452449"/>
+        <a:ext cx="1651297" cy="605179"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{9CCA14A2-C037-46E7-B65E-1771CC71E338}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="3779425" y="378555"/>
           <a:ext cx="1341314" cy="670657"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
@@ -4154,51 +4154,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka om du vill redigera mall för underrubrikformat</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{316710BB-DBF0-4072-B93B-499EA0357185}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-02-24</a:t>
+              <a:t>2025-11-04</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4322,51 +4322,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Nivå fem</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{316710BB-DBF0-4072-B93B-499EA0357185}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-02-24</a:t>
+              <a:t>2025-11-04</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4500,51 +4500,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Nivå fem</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{316710BB-DBF0-4072-B93B-499EA0357185}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-02-24</a:t>
+              <a:t>2025-11-04</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4668,51 +4668,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Nivå fem</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{316710BB-DBF0-4072-B93B-499EA0357185}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-02-24</a:t>
+              <a:t>2025-11-04</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4913,51 +4913,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Redigera format för bakgrundstext</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{316710BB-DBF0-4072-B93B-499EA0357185}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-02-24</a:t>
+              <a:t>2025-11-04</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5142,51 +5142,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Nivå fem</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{316710BB-DBF0-4072-B93B-499EA0357185}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-02-24</a:t>
+              <a:t>2025-11-04</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5506,51 +5506,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Nivå fem</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för datum 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{316710BB-DBF0-4072-B93B-499EA0357185}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-02-24</a:t>
+              <a:t>2025-11-04</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Platshållare för sidfot 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5623,51 +5623,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka här för att ändra format</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{316710BB-DBF0-4072-B93B-499EA0357185}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-02-24</a:t>
+              <a:t>2025-11-04</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5718,51 +5718,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{316710BB-DBF0-4072-B93B-499EA0357185}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-02-24</a:t>
+              <a:t>2025-11-04</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5993,51 +5993,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Redigera format för bakgrundstext</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{316710BB-DBF0-4072-B93B-499EA0357185}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-02-24</a:t>
+              <a:t>2025-11-04</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6245,51 +6245,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Redigera format för bakgrundstext</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{316710BB-DBF0-4072-B93B-499EA0357185}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-02-24</a:t>
+              <a:t>2025-11-04</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6460,51 +6460,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{316710BB-DBF0-4072-B93B-499EA0357185}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-02-24</a:t>
+              <a:t>2025-11-04</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6876,74 +6876,74 @@
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Diagram 3"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1585808023"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3269911355"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="379012" y="361024"/>
           <a:ext cx="11433975" cy="6289481"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="textruta 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6986500" y="5409443"/>
+            <a:off x="7011449" y="5432247"/>
             <a:ext cx="1661915" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Årsmöte</a:t>
             </a:r>
@@ -6991,51 +6991,51 @@
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="textruta 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2994306" y="5509956"/>
+            <a:off x="3019255" y="5532760"/>
             <a:ext cx="2280102" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Statligt LOK-stöd (25/8)</a:t>
             </a:r>
@@ -7060,462 +7060,462 @@
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="textruta 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5398935" y="87465"/>
+            <a:off x="5423884" y="110269"/>
             <a:ext cx="1431234" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0"/>
               <a:t>Januari</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="textruta 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6790414" y="437969"/>
+            <a:off x="7582170" y="528788"/>
             <a:ext cx="1431234" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0"/>
               <a:t>Februari</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="textruta 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7817458" y="1472964"/>
+            <a:off x="7842407" y="1495768"/>
             <a:ext cx="1431234" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0"/>
               <a:t>Mars</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="textruta 11"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8230111" y="2710248"/>
+            <a:off x="8255060" y="2733052"/>
             <a:ext cx="1431234" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0"/>
               <a:t>April</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="textruta 12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7825054" y="4055130"/>
+            <a:off x="7850003" y="4077934"/>
             <a:ext cx="1431234" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0"/>
               <a:t>Maj</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="textruta 13"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2912827" y="4124961"/>
+            <a:off x="2937776" y="4147765"/>
             <a:ext cx="1431234" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0"/>
               <a:t>September</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="textruta 14"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5414837" y="5657315"/>
+            <a:off x="5439786" y="5680119"/>
             <a:ext cx="1431234" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0"/>
               <a:t>Juli</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="textruta 15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4309604" y="5169026"/>
+            <a:off x="4334553" y="5191830"/>
             <a:ext cx="1431234" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0"/>
               <a:t>Augusti</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="textruta 16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6777165" y="5029676"/>
+            <a:off x="6802114" y="5052480"/>
             <a:ext cx="1431234" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0"/>
               <a:t>Juni</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="textruta 17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2552369" y="2703100"/>
+            <a:off x="2577318" y="2725904"/>
             <a:ext cx="1431234" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0"/>
               <a:t>Oktober</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="textruta 18"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3029444" y="1454738"/>
+            <a:off x="2809890" y="1481994"/>
             <a:ext cx="1431234" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0"/>
               <a:t>November</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="textruta 19"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4063117" y="470164"/>
+            <a:off x="4088066" y="492968"/>
             <a:ext cx="1431234" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0"/>
               <a:t>December</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="textruta 20"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8048045" y="4362907"/>
+            <a:off x="8072994" y="4385711"/>
             <a:ext cx="1431234" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Planering för sektionsträffar</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Fakturering medlemsavgifter</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Rektangel med rundade hörn 21"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9764203" y="294467"/>
+            <a:off x="9782971" y="307777"/>
             <a:ext cx="2345634" cy="2011412"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
@@ -7550,154 +7550,110 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0"/>
               <a:t>Ekonomiuppföljning för hela föreningen sker månadsvis </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="textruta 22"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8230111" y="3170709"/>
-            <a:ext cx="1280160" cy="830997"/>
+            <a:off x="8128068" y="3248572"/>
+            <a:ext cx="1685217" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Material inför årsmöte</a:t>
+              <a:t>Material inför  årsmöte</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24" name="textruta 23"/>
-[...42 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="26" name="textruta 25"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2784941" y="4501792"/>
+            <a:off x="2809890" y="4524596"/>
             <a:ext cx="2013009" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Sektionsträff</a:t>
             </a:r>
@@ -7718,175 +7674,165 @@
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Träff med kommunen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="textruta 26"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7401536" y="1865037"/>
-            <a:ext cx="2672104" cy="461665"/>
+            <a:off x="7413480" y="1950968"/>
+            <a:ext cx="2672104" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Lokalkostnadsbidrag (15/3)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Träff med kommunen</a:t>
             </a:r>
           </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sektionsträff: </a:t>
+            </a:r>
+          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="textruta 27"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4460678" y="2574495"/>
+            <a:off x="4485627" y="2597299"/>
             <a:ext cx="1280160" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Utbildning</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="textruta 29"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2423818" y="3145985"/>
-            <a:ext cx="2735253" cy="1384995"/>
+            <a:off x="2448767" y="3168789"/>
+            <a:ext cx="2735253" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...22 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Skicka in ansökan till Mondi </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
@@ -7899,51 +7845,51 @@
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="textruta 30"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6917631" y="788473"/>
+            <a:off x="7182672" y="953707"/>
             <a:ext cx="2345634" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Statligt LOK-stöd (25/2)</a:t>
             </a:r>
@@ -8013,50 +7959,153 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C11211E2-B2F7-FC61-495D-762E31CE8221}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="271111" y="5699177"/>
             <a:ext cx="962963" cy="858642"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="textruta 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8C2A9BF-FBF7-3F59-4E11-72D6920ABE88}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4216526" y="843162"/>
+            <a:ext cx="1280160" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Valberedning</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="textruta 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB275AE4-F707-46CD-8150-F6E9BD5EF73E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5548059" y="470611"/>
+            <a:ext cx="1842696" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Inspiration: Utbildning, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>     föreläsning</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1258594952"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -8296,54 +8345,54 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e2bd7fb-b01b-43ed-a1b6-ced4300031bb}" enabled="1" method="Standard" siteId="{b13f9473-2468-4dd0-923e-e80d8f94602d}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>85</Words>
-  <Application>Microsoft Office PowerPoint</Application>
+  <Words>87</Words>
+  <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Bredbild</PresentationFormat>
-  <Paragraphs>40</Paragraphs>
+  <Paragraphs>41</Paragraphs>
   <Slides>1</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>